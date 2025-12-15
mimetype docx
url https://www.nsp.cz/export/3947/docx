--- v0 (2025-10-21)
+++ v1 (2025-12-15)
@@ -5703,51 +5703,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="55934F5A"/>
+    <w:nsid w:val="56656E97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>