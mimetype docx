--- v1 (2025-12-15)
+++ v2 (2026-02-24)
@@ -4972,94 +4972,94 @@
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Netiketa  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">2.4</w:t>
-            </w:r>
-[...41 lines deleted...]
-              <w:t xml:space="preserve">2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Spolupráce prostřednictvím digitálních technologií  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
@@ -5703,51 +5703,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="56656E97"/>
+    <w:nsid w:val="365872AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>