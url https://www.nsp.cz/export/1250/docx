--- v0 (2025-11-04)
+++ v1 (2025-12-29)
@@ -6060,51 +6060,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="4853AC08"/>
+    <w:nsid w:val="A7A3701F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>