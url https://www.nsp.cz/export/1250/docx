--- v1 (2025-12-29)
+++ v2 (2026-03-03)
@@ -5173,69 +5173,56 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Popisy úrovní naleznete zde: https://nsp.cz/downloads/Priloha_c10_manualu.pdf</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
-      <w:pPr/>
-[...11 lines deleted...]
-    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc17"/>
       <w:r>
-        <w:t>Měkké kompetence</w:t>
+        <w:t>Digitální kompetence</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2000" w:type="dxa"/>
         <w:gridCol w:w="5000" w:type="dxa"/>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="50" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:bidiVisual w:val="0"/>
         <w:tblCellMar>
           <w:top w:w="80" w:type="dxa"/>
           <w:left w:w="80" w:type="dxa"/>
           <w:right w:w="80" w:type="dxa"/>
           <w:bottom w:w="80" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
@@ -5263,50 +5250,921 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Název</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Úroveň 1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Prohlížení, vyhledávání a filtrování dat, informací a digitálního obsahu  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kreativní využívání digitálních technologií  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Identifikace potřeb a výběr vhodných technologií  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Řešení technických problémů  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ochrana životního prostředí  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ochrana zdraví a duševní pohody  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ochrana osobních dat a soukromí  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ochrana zařízení  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autorská práva a licence  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Integrace a přepracování digitálního obsahu  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tvorba digitálního obsahu  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Netiketa  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Spolupráce prostřednictvím digitálních technologií  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sdílení prostřednictvím digitálních technologií  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Interakce prostřednictvím digitálních technologií  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Správa dat, informací a digitálního obsahu  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hodnocení dat, informací a digitálního obsahu  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">5.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Identifikace nedostatků v digitálních kompetencích  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popisy úrovní naleznete zde: https://nsp.cz/downloads/Priloha_c15_manualu.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc18"/>
+      <w:r>
+        <w:t>Měkké kompetence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="5000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:jc w:val="start"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="50" w:type="dxa"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:bidiVisual w:val="0"/>
+        <w:tblCellMar>
+          <w:top w:w="80" w:type="dxa"/>
+          <w:left w:w="80" w:type="dxa"/>
+          <w:right w:w="80" w:type="dxa"/>
+          <w:bottom w:w="80" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kód</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Název</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Úroveň 0-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="dxa"/>
           </w:tcPr>
@@ -5931,65 +6789,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Popisy úrovní naleznete zde: https://nsp.cz/downloads/Priloha_c9_manualu.pdf</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc18"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc19"/>
       <w:r>
         <w:t>Zdravotní podmínky</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc19"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc20"/>
       <w:r>
         <w:t>Onemocnění omezující výkon povolání / specializace povolání.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Duševní poruchy a poruchy chování</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Závažná nervová onemocnění a psychosomatická onemocnění</w:t>
       </w:r>
     </w:p>
@@ -6060,51 +6918,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="A7A3701F"/>
+    <w:nsid w:val="B6AC2F99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>